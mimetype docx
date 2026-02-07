--- v0 (2025-11-17)
+++ v1 (2026-02-07)
@@ -8,782 +8,794 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="602"/>
         <w:gridCol w:w="1931"/>
         <w:gridCol w:w="281"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1765"/>
         <w:gridCol w:w="309"/>
         <w:gridCol w:w="1066"/>
         <w:gridCol w:w="2126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0042129A" w14:paraId="64A1D2E1" w14:textId="77777777">
+      <w:tr w:rsidR="002C0130" w14:paraId="042298D4" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A360B37" w14:textId="6B6ED07A" w:rsidR="0042129A" w:rsidRPr="00111807" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5FEAC3E1" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00111807">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>國立中央大學</w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="46592308" w14:textId="6250E15D" w:rsidR="0042129A" w:rsidRDefault="0016265E">
+              <w:t>國立中央大學宿舍事件紀錄表</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C69710B" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00111807">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>National Central University Dormitory Incident Record Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0042129A" w14:paraId="5681F2BB" w14:textId="77777777">
+      <w:tr w:rsidR="002C0130" w14:paraId="73ADF54E" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F23EDF0" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3E4DAAB9" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>姓名</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="106BCEC1" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="449B4D67" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2212" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12E78F4B" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="14F54C3A" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5870E72B" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2179FE73" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>系級</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2074" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E613BED" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="60235027" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7344F518" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="45C6C1DB" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>日期</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="377B9F9E" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7507D8A7" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA73AA8" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="490F86AA" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0042129A" w14:paraId="03EA870C" w14:textId="77777777">
+      <w:tr w:rsidR="002C0130" w14:paraId="58971BC0" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5249D682" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="73A8B176" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>學號</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75B72C9D" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="29ACED16" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Student ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2212" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F3778C0" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="6A102A26" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E201F03" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="092DE6C0" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>聯絡電話</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="115297F3" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="40F9F94A" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Phone No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5266" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="289C014C" w14:textId="2136BE71" w:rsidR="0042129A" w:rsidRDefault="00111807">
+          <w:p w14:paraId="50DD65CC" w14:textId="7167A40F" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00111807">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0042129A" w14:paraId="06FA257A" w14:textId="77777777">
+      <w:tr w:rsidR="002C0130" w14:paraId="170D4982" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="574B80F2" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="38106A05" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>宿舍</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>寢室</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="069E967D" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="68C0106A" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Dorm-room</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2212" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CFFF355" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="2B42A11B" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5226C704" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="362B402E" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5266" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34ADB4B4" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="344A0778" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0042129A" w14:paraId="68CCC069" w14:textId="77777777">
+      <w:tr w:rsidR="002C0130" w14:paraId="152E2348" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1197"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="457C62C1" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="73C9BB91" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>報告事項</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE5711C" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1D2DA47C" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>違反宿舍規定</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
@@ -1041,458 +1053,476 @@
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>、焚燒物品</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Cooking with fire/burning materials/ having barbecue/setting off fireworks in the dormitory</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="303127B3" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7B0BF7CB" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>其他</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Others</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">            `                                              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0042129A" w14:paraId="367ED379" w14:textId="77777777">
+      <w:tr w:rsidR="002C0130" w14:paraId="07BC5032" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3492" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11FE79CD" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="260C3070" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="500" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>相關人員</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Related people</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7106" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A937866" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="3CAB03C4" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0042129A" w14:paraId="401F5BF6" w14:textId="77777777">
+      <w:tr w:rsidR="002C0130" w14:paraId="0E31B969" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="5795"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A838A72" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5E5D4768" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>報告事項</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Details (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>含事件發生時間、地點、過程具體說明等</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>including time, place and process)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="636307CF" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="3B89584B" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="692F8C94" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="1F0D0439" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6030F7AF" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="5167C36A" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="519AE052" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="14C0A901" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3D9C8B45" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="3E2049A1" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3997BBF8" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="77B57D27" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0D12F423" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="088F2EF1" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2B2C8A6E" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="78088B12" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="66C75BC6" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="7ACC223A" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0918B584" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="044A1278" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="13F842BA" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="28B341C3" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="36248EC5" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="7FEEAA35" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3385F40F" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="0204A154" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="34F0AAC8" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="06ADC08D" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0FD49180" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="52C09B12" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="68DEA2FB" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4209D4B3" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:right="-173" w:firstLine="6110"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>簽名</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">                  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0042129A" w14:paraId="0EF9B279" w14:textId="77777777">
+      <w:tr w:rsidR="002C0130" w14:paraId="036EEE02" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3492" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E17D1F9" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="24A2B794" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>承辦單位</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -1516,51 +1546,51 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42DEFC9F" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="116978B8" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>會辦單位</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -1584,846 +1614,864 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8E3E51" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1648D70E" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="440" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>決行單位</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>批示</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0042129A" w14:paraId="7B7727F5" w14:textId="77777777">
+      <w:tr w:rsidR="002C0130" w14:paraId="0112A500" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3492" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C4087FA" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="51AD85DD" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72AD4840" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="08F53F89" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CB9B58F" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+          <w:p w14:paraId="439332DA" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2544C955" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="43508F45" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="-286" w:right="-521"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>本表單蒐集之個人資料，僅限於個人資料相關服務使用，非經當事人同意，絶不轉作其他用途，亦不會公佈任何資訊，並遵循本校個人資料保護管理制度資料保存與安全控管辦理。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>108.7.31</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AEC87EF" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+    <w:p w14:paraId="04953299" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="-286" w:right="-521"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F27D5A8" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+    <w:p w14:paraId="6AC2BF11" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="-286" w:right="-521"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="763C7534" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+    <w:p w14:paraId="4C28E4D0" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="-286" w:right="-521"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9584" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4128"/>
         <w:gridCol w:w="2847"/>
         <w:gridCol w:w="2609"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0042129A" w14:paraId="4B485E80" w14:textId="77777777">
+      <w:tr w:rsidR="002C0130" w14:paraId="1C49CA74" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9584" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="086950AB" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="57DEE025" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>國立中央大學個人資料保護制度  個人資料提供同意書</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0042129A" w14:paraId="0B66F885" w14:textId="77777777">
+      <w:tr w:rsidR="002C0130" w14:paraId="3D4862F1" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="325E3F0D" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="55E883E7" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>文件編號：NCU-PIMS-D-013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64A59470" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="541924DC" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>機密等級：內部使用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F3C67CD" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+          <w:p w14:paraId="63A7F3FF" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>版次1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0858C004" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1D088135" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="180" w:line="300" w:lineRule="exact"/>
         <w:ind w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>本同意書說明國立中央大學（以下簡稱本校）將如何處理本表單所蒐集到的個人資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCB07AF" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6A5196EF" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>當您勾選「我同意」並簽署本同意書時，表示您已閱讀、瞭解並同意接受本同意書之所有內容及其後修改變更規定。若您未滿十八歲，應於您的法定代理人閱讀、瞭解並同意本同意書之所有內容及其後修改變更規定後，方得使用本服務，但若您已接受本服務，視為您已取得法定代理人之同意，並遵守以下所有規範。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF2A130" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="57183001" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="180" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
         <w:t>一、基本資料之蒐集、更新及保管</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="091E7566" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="55F686C1" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="706" w:hanging="228"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>1.本校蒐集您的個人資料在中華民國「個人資料保護法」與相關法令之規範下，依據本校【隱私權政策聲明】，蒐集、處理及利用您的個人資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="708A7E0D" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6D9C85A2" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="706" w:hanging="228"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>2.請於申請時提供您本人正確、最新及完整的個人資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C12BB2D" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="28BF8ACB" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="706" w:hanging="228"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>3.本校因執行業務所蒐集您的個人資料包括姓名、職稱、聯絡方式(電話、E-Mail)等(視狀況，自行調整)。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A369F7" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="573C59CC" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="706" w:hanging="228"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>4.若您的個人資料有任何異動，請主動向本校申請更正，使其保持正確、最新及完整。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2925008C" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="414DCEF6" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="706" w:hanging="228"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>5.若您提供錯誤、不實、過時或不完整或具誤導性的資料，您將損失相關權益。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B92D035" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="610983C3" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="706" w:hanging="228"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>6.您可依中華民國「個人資料保護法」，就您的個人資料行使以下權利：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A4A3076" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4510CC39" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="600"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>(1)請求查詢或閱覽。(2)製給複製本。(3) 請求補充或更正。(4) 請求停止蒐集、處理及利用。(5) 請求刪除。但因本校執行職務或業務所必須者，本校得拒絕之。若您欲執行上述權利時，請參考本校【隱私權政策聲明】之個人資料保護聯絡窗口聯絡方式與本校連</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>繫</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>。但因您行使上述權利，而導致權益受損時，本校將不負相關賠償責任。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B31E2FB" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="30776E44" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="180" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
         <w:t>二、 蒐集個人資料之目的</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33DD6EEE" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="70CDEC16" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="706" w:hanging="228"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>1.本校為執行</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>宿舍相關</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>業務(視實際狀況，各表單自行調整)需蒐集您的個人資料。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F57FB2" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="26E6E97A" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="706" w:hanging="228"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>2.當您的個人資料使用方式與當初本校蒐集的目的不同時，我們會在使用前先徵求您的書面同意，您可以拒絕向本校提供個人資料，但您可能因此喪失您的權益。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7530A455" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0397ACF0" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="706" w:hanging="228"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>3.本校利用您的個人資料期間為即日起10年內(視實際狀況，各表單自行調整)，利用地區為台灣地區。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661D3475" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6CD22ED4" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="180" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
         <w:t>三、基本資料之保密</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097255C8" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="565B6B55" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="480" w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>您的個人資料受到本校【隱私權政策聲明】之保護及規範。本校如違反「個人資料保護法」規定或因天災、事變或其他不可抗力所致者，致您的個人資料被竊取、洩漏、竄改、遭其他侵害者，本校將於查明後以電話、信函、電子郵件或網站公告等方法，擇適當方式通知您。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02519501" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0C318083" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="180" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
         <w:t>四、 同意書之效力</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ECDF573" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="621BD2E4" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="706" w:hanging="228"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>1.當您勾選「我同意」並簽署本同意書時，即表示您已閱讀、瞭解並同意本同意書之所有內容，您如違反下列條款時，本校得隨時終止對您所提供之所有權益或服務。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E4DE518" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="60766299" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="706" w:hanging="228"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>2.本校保留隨時修改本同意書規範之權利，本校將於修改規範時，於本校網頁(站)公告修改之事實，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>不</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>另作個別通知。如果您不同意修改的內容，請勿繼續接受本服務。否則將視為您已同意並接受本同意書該等增訂或修改內容之拘束。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5A898E" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="38B16565" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="706" w:hanging="228"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>3.您自本同意書取得的任何建議或資訊，無論是書面或口頭形式，除非本同意書條款有明確規定，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>均不構成</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>本同意條款以外之任何保證。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="755C037F" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="088B970E" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="180" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
         <w:t>五、</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
         <w:t>準</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
         </w:rPr>
         <w:t>據法與管轄法院</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65FF0317" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6E2EB2E0" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>本同意書之解釋與適用，以及本同意書有關之爭議，</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>均應依照</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t>中華民國法律予以處理，並以臺灣桃園地方法院為管轄法院。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03266F30" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="10911D76" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="180"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:t xml:space="preserve">□我已閱讀並接受上述同意書內容  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">當事人簽名            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -2433,222 +2481,220 @@
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>請親簽</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">      年   月   日</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74843224" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="0042129A">
+    <w:p w14:paraId="2A23E281" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="002C0130">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="-286" w:right="-521"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E8487A5" w14:textId="77777777" w:rsidR="0042129A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3DB52FE7" w14:textId="77777777" w:rsidR="002C0130" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:right="-1234"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0042129A">
+    <w:sectPr w:rsidR="002C0130">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="567" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:type="lines" w:linePitch="361"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05EB374B" w14:textId="77777777" w:rsidR="00397398" w:rsidRDefault="00397398">
+    <w:p w14:paraId="7247372D" w14:textId="77777777" w:rsidR="004D4EEE" w:rsidRDefault="004D4EEE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55AA368D" w14:textId="77777777" w:rsidR="00397398" w:rsidRDefault="00397398">
+    <w:p w14:paraId="3304CAA1" w14:textId="77777777" w:rsidR="004D4EEE" w:rsidRDefault="004D4EEE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61EB5C32" w14:textId="77777777" w:rsidR="00397398" w:rsidRDefault="00397398">
+    <w:p w14:paraId="38D35D90" w14:textId="77777777" w:rsidR="004D4EEE" w:rsidRDefault="004D4EEE">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42BEC36D" w14:textId="77777777" w:rsidR="00397398" w:rsidRDefault="00397398">
+    <w:p w14:paraId="2065DAC1" w14:textId="77777777" w:rsidR="004D4EEE" w:rsidRDefault="004D4EEE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="480"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0042129A"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00CB1BF9"/>
+    <w:rsidRoot w:val="002C0130"/>
+    <w:rsid w:val="0000181F"/>
+    <w:rsid w:val="002C0130"/>
+    <w:rsid w:val="004D4EEE"/>
+    <w:rsid w:val="00E06FF0"/>
+    <w:rsid w:val="00EA5997"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="08F1C5AE"/>
-  <w15:docId w15:val="{DC7914F0-E875-47D3-A13B-DC9A23ED74FB}"/>
+  <w14:docId w14:val="12341DD9"/>
+  <w15:docId w15:val="{25F6D5F0-7B2C-4D31-9615-AB7AFC5D79F0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3018,50 +3064,51 @@
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Web">
     <w:name w:val="Normal (Web)"/>
@@ -3104,50 +3151,54 @@
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="頁尾 字元"/>
     <w:rPr>
       <w:kern w:val="3"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="Normal" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -3406,54 +3457,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>342</Words>
-  <Characters>1954</Characters>
+  <Words>338</Words>
+  <Characters>1928</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2292</CharactersWithSpaces>
+  <CharactersWithSpaces>2262</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>國立中央大學 學生報告</dc:title>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>